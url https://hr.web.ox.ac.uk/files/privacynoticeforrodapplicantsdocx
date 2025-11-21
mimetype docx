--- v0 (2025-10-24)
+++ v1 (2025-11-21)
@@ -5,51 +5,51 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w14:paraId="5332CE61" w14:textId="48ABC2C6" w:rsidR="002C57BE" w:rsidRPr="006A2F4D" w:rsidRDefault="00836F56" w:rsidP="00FB59B1">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Privacy notice for applicants in the Recognition of Distinction exercise</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5332CE62" w14:textId="77777777" w:rsidR="00DE12AF" w:rsidRPr="006A2F4D" w:rsidRDefault="00DE12AF" w:rsidP="00DE12AF">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
@@ -262,104 +262,84 @@
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006A2F4D">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>How we use your data</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5332CE67" w14:textId="7985840C" w:rsidR="00274927" w:rsidRDefault="008321C4" w:rsidP="00DE12AF">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006A2F4D">
+      <w:r w:rsidRPr="025B9933">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>We will use your data to assess your application</w:t>
       </w:r>
-      <w:r w:rsidR="005E379C" w:rsidRPr="006A2F4D">
+      <w:r w:rsidR="005E379C" w:rsidRPr="025B9933">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E32194C" w14:textId="77777777" w:rsidR="00DC43C2" w:rsidRDefault="00DC43C2" w:rsidP="00DE12AF">
+    <w:p w14:paraId="630166D4" w14:textId="1AD0540D" w:rsidR="00DC43C2" w:rsidRPr="006A2F4D" w:rsidRDefault="00DC43C2" w:rsidP="00DE12AF">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00DC43C2">
+      <w:r w:rsidRPr="025B9933">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>If you are a university employee, equal opportunities information provided will be transferred to your Personnel record where currently missing.</w:t>
       </w:r>
-    </w:p>
-[...8 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w14:paraId="5332CE6C" w14:textId="681B94AD" w:rsidR="00DE12AF" w:rsidRDefault="001C678F" w:rsidP="00DE12AF">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006A2F4D">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>We need to process your data for this purpose</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -432,584 +412,548 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5332CE72" w14:textId="77777777" w:rsidR="00E53A5C" w:rsidRPr="006A2F4D" w:rsidRDefault="00E551E3" w:rsidP="00FB59B1">
       <w:pPr>
         <w:spacing w:after="240" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006A2F4D">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Who has access to your data?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5332CE73" w14:textId="537C583D" w:rsidR="00E551E3" w:rsidRPr="006A2F4D" w:rsidRDefault="00E551E3" w:rsidP="00E551E3">
-[...7 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="5332CE73" w14:textId="537C583D" w:rsidR="00E551E3" w:rsidRPr="006A2F4D" w:rsidRDefault="00E551E3" w:rsidP="00BF0310">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0310">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Access to your data </w:t>
+      </w:r>
+      <w:r w:rsidR="00025209" w:rsidRPr="00BF0310">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">within the University </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF0310">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">will be </w:t>
+      </w:r>
+      <w:r w:rsidR="008B2AB4" w:rsidRPr="00BF0310">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">provided </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF0310">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to those who need to view it </w:t>
+      </w:r>
+      <w:r w:rsidR="008570E9" w:rsidRPr="00BF0310">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">as part </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF0310">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">of their work in </w:t>
+      </w:r>
+      <w:r w:rsidR="008B2AB4" w:rsidRPr="00BF0310">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">carrying out </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF0310">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>the purpose described above.</w:t>
+      </w:r>
       <w:r w:rsidRPr="006A2F4D">
         <w:rPr>
-          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
-[...88 lines deleted...]
-        <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A8FE3B4" w14:textId="67927E38" w:rsidR="00836F56" w:rsidRDefault="00836F56" w:rsidP="00836F56">
-[...14 lines deleted...]
-          <w:lang w:eastAsia="en-GB"/>
+    <w:p w14:paraId="4A8FE3B4" w14:textId="67927E38" w:rsidR="00836F56" w:rsidRPr="00BF0310" w:rsidRDefault="00836F56" w:rsidP="00BF0310">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0310">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>We will share your data as follows.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A613557" w14:textId="7D926BB1" w:rsidR="00836F56" w:rsidRDefault="00836F56" w:rsidP="00836F56">
-[...14 lines deleted...]
-          <w:lang w:eastAsia="en-GB"/>
+    <w:p w14:paraId="0A613557" w14:textId="7D926BB1" w:rsidR="00836F56" w:rsidRPr="00BF0310" w:rsidRDefault="00836F56" w:rsidP="00BF0310">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0310">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Independent assessors chosen by the divisional Recognition of Distinction Committee will see your application.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5332CE76" w14:textId="311F83C2" w:rsidR="004432B0" w:rsidRPr="006A2F4D" w:rsidRDefault="00836F56" w:rsidP="00836F56">
-[...14 lines deleted...]
-          <w:lang w:eastAsia="en-GB"/>
+    <w:p w14:paraId="5332CE76" w14:textId="311F83C2" w:rsidR="004432B0" w:rsidRPr="00BF0310" w:rsidRDefault="00836F56" w:rsidP="00BF0310">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF0310">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>The divisional Recognition of Distinction Committee and the Senior Appointments Panel will see your application, references and independent evaluations, and any disclosure of personal circumstances.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5332CE77" w14:textId="77777777" w:rsidR="00E53A5C" w:rsidRPr="006A2F4D" w:rsidRDefault="004432B0" w:rsidP="00DE12AF">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:eastAsia="en-GB"/>
-[...7 lines deleted...]
-          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="025B9933">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Where we share your data with a third party, we will seek to share the minimum amount necessary.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5332CE78" w14:textId="77777777" w:rsidR="004432B0" w:rsidRDefault="004432B0" w:rsidP="00DE12AF">
+    <w:p w14:paraId="34804CE0" w14:textId="77777777" w:rsidR="00BF0310" w:rsidRDefault="00BF0310" w:rsidP="00BF0310">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
-        <w:rPr>
-[...20 lines deleted...]
-        <w:spacing w:after="240" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006A2F4D">
+    </w:p>
+    <w:p w14:paraId="5332CE79" w14:textId="3B6F363B" w:rsidR="00DB20C8" w:rsidRPr="006A2F4D" w:rsidRDefault="004432B0" w:rsidP="00FB59B1">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...287 lines deleted...]
-        <w:spacing w:after="240" w:line="360" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006A2F4D">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="006A2F4D">
+        <w:t>Retaining your data</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5332CE7C" w14:textId="56DE2DDF" w:rsidR="00E639BF" w:rsidRPr="006A2F4D" w:rsidRDefault="007507A1" w:rsidP="004432B0">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>W</w:t>
+      </w:r>
+      <w:r w:rsidR="00E639BF" w:rsidRPr="006A2F4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>e will retain</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in electronic form</w:t>
+      </w:r>
+      <w:r w:rsidR="00E639BF" w:rsidRPr="006A2F4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> your </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF3B85">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>application, references and evaluations</w:t>
+      </w:r>
+      <w:r w:rsidR="00882818">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>, and a list of</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF3B85">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00882818">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">assessors approached, </w:t>
+      </w:r>
+      <w:r w:rsidR="00267B57">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">for </w:t>
+      </w:r>
+      <w:r w:rsidR="00882818">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>three years after the end of the exercise</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in which you have applied</w:t>
+      </w:r>
+      <w:r w:rsidR="00267B57">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="007E43FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">We </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF3B85">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">retain </w:t>
+      </w:r>
+      <w:r w:rsidR="00267B57">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">indefinitely </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF3B85">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">lists of </w:t>
+      </w:r>
+      <w:r w:rsidR="007E43FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">all </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF3B85">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>applicants and outcomes</w:t>
+      </w:r>
+      <w:r w:rsidR="007E43FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF3B85">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00882818">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">copies of outcome letters, </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF3B85">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and divisional </w:t>
+      </w:r>
+      <w:r w:rsidR="00267B57">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Recognition of Distinction Committee </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF3B85">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>report</w:t>
+      </w:r>
+      <w:r w:rsidR="00267B57">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF3B85">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E639BF" w:rsidRPr="006A2F4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5332CE7D" w14:textId="77777777" w:rsidR="004432B0" w:rsidRPr="006A2F4D" w:rsidRDefault="00584F15" w:rsidP="00FB59B1">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006A2F4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Security</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5332CE7F" w14:textId="5CA4581D" w:rsidR="00390DA9" w:rsidRPr="006A2F4D" w:rsidRDefault="00FB59B1" w:rsidP="00882818">
       <w:pPr>
         <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006A2F4D">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Your data will be held </w:t>
       </w:r>
       <w:r w:rsidR="006342F5" w:rsidRPr="006A2F4D">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -1082,53 +1026,53 @@
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">we </w:t>
       </w:r>
       <w:r w:rsidR="00C55C3F" w:rsidRPr="006A2F4D">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">store and </w:t>
       </w:r>
       <w:r w:rsidR="00F46991" w:rsidRPr="006A2F4D">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>use your data</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5332CE81" w14:textId="084ED635" w:rsidR="00390DA9" w:rsidRPr="006A2F4D" w:rsidRDefault="00B60F71" w:rsidP="00CF46DC">
-[...1 lines deleted...]
-        <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
+    <w:p w14:paraId="5332CE81" w14:textId="084ED635" w:rsidR="00390DA9" w:rsidRPr="006A2F4D" w:rsidRDefault="00B60F71" w:rsidP="00BF0310">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006A2F4D">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">We store </w:t>
       </w:r>
       <w:r w:rsidR="00C55C3F" w:rsidRPr="006A2F4D">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">and use </w:t>
       </w:r>
       <w:r w:rsidRPr="006A2F4D">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
@@ -1140,165 +1084,172 @@
       <w:r w:rsidR="00BB339C" w:rsidRPr="006A2F4D">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>on University premises</w:t>
       </w:r>
       <w:r w:rsidR="008570E9" w:rsidRPr="006A2F4D">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>, in both a manual and electronic form</w:t>
       </w:r>
       <w:r w:rsidRPr="006A2F4D">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5332CE8A" w14:textId="0D67AEF2" w:rsidR="00EF194A" w:rsidRPr="00EF194A" w:rsidRDefault="00C60E5C" w:rsidP="00C60E5C">
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+    <w:p w14:paraId="5332CE8A" w14:textId="0D67AEF2" w:rsidR="00EF194A" w:rsidRPr="00BF0310" w:rsidRDefault="00C60E5C" w:rsidP="00BF0310">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Your application may be sent to an independent assessor </w:t>
       </w:r>
       <w:r w:rsidR="00B60F71" w:rsidRPr="006A2F4D">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>at a destination outside the European Economic Area ("EEA")</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>, who will be asked to keep it securely and destroy it when it is no longer needed.</w:t>
       </w:r>
       <w:r w:rsidR="00B60F71" w:rsidRPr="006A2F4D">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5332CE8B" w14:textId="13F29BE2" w:rsidR="002D18EB" w:rsidRDefault="002D18EB" w:rsidP="002D18EB">
-[...1 lines deleted...]
-        <w:spacing w:line="360" w:lineRule="auto"/>
+    <w:p w14:paraId="2189A124" w14:textId="77777777" w:rsidR="00BF0310" w:rsidRDefault="00BF0310" w:rsidP="00BF0310">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006A2F4D">
+    </w:p>
+    <w:p w14:paraId="5332CE8B" w14:textId="4D2863CE" w:rsidR="002D18EB" w:rsidRDefault="002D18EB" w:rsidP="002D18EB">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006A2F4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
         <w:t>Your rights</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5332CE8C" w14:textId="0BE71A7C" w:rsidR="006A2F4D" w:rsidRPr="006A2F4D" w:rsidRDefault="006A2F4D" w:rsidP="002D18EB">
+    <w:p w14:paraId="5332CE8C" w14:textId="0BE71A7C" w:rsidR="006A2F4D" w:rsidRPr="006A2F4D" w:rsidRDefault="006A2F4D" w:rsidP="2D543591">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
-          <w:bCs/>
-[...13 lines deleted...]
-          <w:lang w:val="en"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="2D543591">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Information on your rights in relation to your personal data are explained </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12" w:anchor=":~:text=Your%20rights%20under%20the%20General%20Data%20Protection%20Regulation&amp;text=The%20right%20to%20request%20access,request%20correction%20of%20your%20data." w:history="1">
-        <w:r w:rsidRPr="006A2F4D">
+      <w:hyperlink r:id="rId12" w:anchor=":~:text=Your%20rights%20under%20the%20General%20Data%20Protection%20Regulation&amp;text=The%20right%20to%20request%20access,request%20correction%20of%20your%20data.">
+        <w:r w:rsidRPr="2D543591">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
-            <w:bCs/>
-            <w:iCs/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
-            <w:lang w:val="en"/>
+            <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>here</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-[...8 lines deleted...]
-          <w:lang w:val="en"/>
+      <w:r w:rsidRPr="2D543591">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5332CE8D" w14:textId="77777777" w:rsidR="00E93064" w:rsidRPr="006A2F4D" w:rsidRDefault="00E93064" w:rsidP="00E93064">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006A2F4D">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
@@ -1395,162 +1346,162 @@
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5332CE92" w14:textId="77777777" w:rsidR="00584F15" w:rsidRPr="006A2F4D" w:rsidRDefault="00584F15" w:rsidP="00DE12AF">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00584F15" w:rsidRPr="006A2F4D">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="5332CE95" w14:textId="77777777" w:rsidR="00E639BF" w:rsidRDefault="00E639BF" w:rsidP="00E639BF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="5332CE96" w14:textId="77777777" w:rsidR="00E639BF" w:rsidRDefault="00E639BF" w:rsidP="00E639BF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="5332CE93" w14:textId="77777777" w:rsidR="00E639BF" w:rsidRDefault="00E639BF" w:rsidP="00E639BF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="5332CE94" w14:textId="77777777" w:rsidR="00E639BF" w:rsidRDefault="00E639BF" w:rsidP="00E639BF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6AD120EB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0B10E9D0"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -1627,68 +1578,70 @@
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="86"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="dgnword-docGUID" w:val="{66C10FD3-4260-4C9B-9516-3A06756A422A}"/>
     <w:docVar w:name="dgnword-eventsink" w:val="638986296"/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="007151E6"/>
     <w:rsid w:val="00025209"/>
     <w:rsid w:val="00043E65"/>
     <w:rsid w:val="00054324"/>
     <w:rsid w:val="000F5BE4"/>
     <w:rsid w:val="00101F72"/>
     <w:rsid w:val="00175CA0"/>
     <w:rsid w:val="0018241D"/>
     <w:rsid w:val="001C678F"/>
     <w:rsid w:val="00235BF0"/>
     <w:rsid w:val="00246155"/>
     <w:rsid w:val="00267B57"/>
     <w:rsid w:val="00274927"/>
     <w:rsid w:val="002D18EB"/>
     <w:rsid w:val="002F22A3"/>
     <w:rsid w:val="00351B06"/>
     <w:rsid w:val="00360262"/>
     <w:rsid w:val="00390DA9"/>
     <w:rsid w:val="003B469B"/>
@@ -1700,124 +1653,127 @@
     <w:rsid w:val="00584F15"/>
     <w:rsid w:val="005D55D5"/>
     <w:rsid w:val="005E379C"/>
     <w:rsid w:val="0062450D"/>
     <w:rsid w:val="006342F5"/>
     <w:rsid w:val="00642F33"/>
     <w:rsid w:val="006A2F4D"/>
     <w:rsid w:val="006C19C3"/>
     <w:rsid w:val="007151E6"/>
     <w:rsid w:val="007507A1"/>
     <w:rsid w:val="007E43FE"/>
     <w:rsid w:val="007E56E1"/>
     <w:rsid w:val="007F7F56"/>
     <w:rsid w:val="008321C4"/>
     <w:rsid w:val="00836F56"/>
     <w:rsid w:val="008570E9"/>
     <w:rsid w:val="00877653"/>
     <w:rsid w:val="00882818"/>
     <w:rsid w:val="008B2AB4"/>
     <w:rsid w:val="008E1512"/>
     <w:rsid w:val="009B0EBE"/>
     <w:rsid w:val="009F2D83"/>
     <w:rsid w:val="00B546DF"/>
     <w:rsid w:val="00B60F71"/>
     <w:rsid w:val="00BB339C"/>
+    <w:rsid w:val="00BF0310"/>
     <w:rsid w:val="00C55C3F"/>
     <w:rsid w:val="00C60E5C"/>
     <w:rsid w:val="00C9776D"/>
     <w:rsid w:val="00CE6AE4"/>
     <w:rsid w:val="00CF30A9"/>
     <w:rsid w:val="00CF46DC"/>
     <w:rsid w:val="00D477C7"/>
     <w:rsid w:val="00DB20C8"/>
     <w:rsid w:val="00DC1595"/>
     <w:rsid w:val="00DC43C2"/>
     <w:rsid w:val="00DC4C55"/>
     <w:rsid w:val="00DD414C"/>
     <w:rsid w:val="00DE12AF"/>
     <w:rsid w:val="00DE44EE"/>
     <w:rsid w:val="00E04256"/>
     <w:rsid w:val="00E1341C"/>
     <w:rsid w:val="00E53A5C"/>
     <w:rsid w:val="00E551E3"/>
     <w:rsid w:val="00E639BF"/>
     <w:rsid w:val="00E93064"/>
     <w:rsid w:val="00EF194A"/>
     <w:rsid w:val="00EF3B85"/>
     <w:rsid w:val="00F46991"/>
     <w:rsid w:val="00F61024"/>
     <w:rsid w:val="00F670DC"/>
     <w:rsid w:val="00FB59B1"/>
+    <w:rsid w:val="025B9933"/>
+    <w:rsid w:val="2D543591"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="5332CE61"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{7A9E34BF-5E97-469E-BB92-8428FD45BF10}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -1879,98 +1835,94 @@
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
@@ -2145,50 +2097,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
@@ -2355,51 +2312,51 @@
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EF3B85"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
     <w:name w:val="Comment Subject Char"/>
     <w:basedOn w:val="CommentTextChar"/>
     <w:link w:val="CommentSubject"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00EF3B85"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ROD@admin.ox.ac.uk" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://compliance.admin.ox.ac.uk/individual-rights" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.infosec.ox.ac.uk/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
@@ -2643,84 +2600,101 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100255E2DF95277DD418D6B3B9235191C6F" ma:contentTypeVersion="1" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="ede873d45daaf88aaa9265b612bfb031">
-[...1 lines deleted...]
-    <xsd:import namespace="e3c8a2bb-675e-4f47-921b-62565c4f6716"/>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101004DC457CAE0354842AFB3EF2CBD792D48" ma:contentTypeVersion="4" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="0aff17fec7754a6a20997bef21064626">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="bdd5ff23-783e-4a08-bfde-f55d0eac4589" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="f3fd0802bcec2f5c16aee5efd2f7dd1f" ns2:_="">
+    <xsd:import namespace="bdd5ff23-783e-4a08-bfde-f55d0eac4589"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
-                <xsd:element ref="ns2:Notes0" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="e3c8a2bb-675e-4f47-921b-62565c4f6716" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="bdd5ff23-783e-4a08-bfde-f55d0eac4589" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="Notes0" ma:index="8" nillable="true" ma:displayName="Notes" ma:description="Field for general notes on the document/folder." ma:internalName="Notes0">
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Note">
-[...1 lines deleted...]
-        </xsd:restriction>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="10" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="11" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
@@ -2779,145 +2753,127 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{58A650BD-CAA6-4548-8DB9-5CC77BF6479C}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{040ED582-80A7-4E53-9345-21868EA31E30}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{71699925-D04D-4A22-A057-03EEFACD0373}">
-[...16 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1C8FAB20-C2C1-4240-B03A-7078A5B7CF20}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="e3c8a2bb-675e-4f47-921b-62565c4f6716"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E6861A04-749A-46F4-9FBC-39C0E8D46E6C}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="bdd5ff23-783e-4a08-bfde-f55d0eac4589"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{040ED582-80A7-4E53-9345-21868EA31E30}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{58A650BD-CAA6-4548-8DB9-5CC77BF6479C}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
   <Words>475</Words>
-  <Characters>2708</Characters>
+  <Characters>2710</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>22</Lines>
   <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company>University of Oxford</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3177</CharactersWithSpaces>
+  <CharactersWithSpaces>3179</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Max Todd</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x010100255E2DF95277DD418D6B3B9235191C6F</vt:lpwstr>
+    <vt:lpwstr>0x0101004DC457CAE0354842AFB3EF2CBD792D48</vt:lpwstr>
   </property>
 </Properties>
 </file>